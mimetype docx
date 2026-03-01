--- v0 (2026-01-14)
+++ v1 (2026-03-01)
@@ -1,43 +1,44 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
-  <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header4.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header5.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header6.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header7.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header8.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header9.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header10.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header11.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:body>
     <w:p w14:paraId="3340ABA4" w14:textId="2562BA0D" w:rsidR="007C1454" w:rsidRDefault="007C1454" w:rsidP="007C1454">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
@@ -163,51 +164,51 @@
         <w:ind w:right="-7"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3638DCFD" w14:textId="77777777" w:rsidR="007C1454" w:rsidRDefault="007C1454" w:rsidP="007C1454">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="-7"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3E82B944" w14:textId="5D531FF6" w:rsidR="007C1454" w:rsidRDefault="007C1454" w:rsidP="007C1454">
+    <w:p w14:paraId="3E82B944" w14:textId="17CEE7B8" w:rsidR="007C1454" w:rsidRDefault="007C1454" w:rsidP="007C1454">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="-7"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:noProof/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="7F574897" wp14:editId="0C8E4BBF">
                 <wp:simplePos x="0" y="0"/>
@@ -261,138 +262,109 @@
                         <w:txbxContent>
                           <w:p w14:paraId="612F3462" w14:textId="77777777" w:rsidR="007C1454" w:rsidRPr="00781475" w:rsidRDefault="007C1454" w:rsidP="007C1454">
                             <w:pPr>
                               <w:pStyle w:val="Header"/>
                               <w:jc w:val="right"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:b/>
                                 <w:lang w:val="id-ID"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:b/>
                                 <w:lang w:val="id-ID"/>
                               </w:rPr>
                               <w:t xml:space="preserve">Jurnal </w:t>
                             </w:r>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:b/>
                                 <w:lang w:val="en-ID"/>
                               </w:rPr>
-                              <w:t xml:space="preserve">Penelitian Pendidikan &amp; </w:t>
-[...17 lines deleted...]
-                              <w:t xml:space="preserve"> </w:t>
+                              <w:t xml:space="preserve">Penelitian Pendidikan &amp; Bimbingan </w:t>
                             </w:r>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:b/>
                                 <w:lang w:val="id-ID"/>
                               </w:rPr>
                               <w:t>Konseling</w:t>
                             </w:r>
                           </w:p>
                           <w:p w14:paraId="6AF97FF2" w14:textId="45A6BC1A" w:rsidR="007C1454" w:rsidRPr="009745A7" w:rsidRDefault="007C1454" w:rsidP="007C1454">
                             <w:pPr>
                               <w:pStyle w:val="Header"/>
                               <w:jc w:val="right"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                                 <w:sz w:val="20"/>
                                 <w:lang w:val="en-US"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r w:rsidRPr="00781475">
                               <w:rPr>
                                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                                 <w:sz w:val="20"/>
                               </w:rPr>
                               <w:t>Volume</w:t>
                             </w:r>
                             <w:r w:rsidRPr="00781475">
                               <w:rPr>
                                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                                 <w:sz w:val="20"/>
                                 <w:lang w:val="id-ID"/>
                               </w:rPr>
                               <w:t xml:space="preserve"> 1 </w:t>
                             </w:r>
-                            <w:proofErr w:type="spellStart"/>
                             <w:r w:rsidRPr="00781475">
                               <w:rPr>
                                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                                 <w:sz w:val="20"/>
                               </w:rPr>
-                              <w:t>Nomor</w:t>
-[...7 lines deleted...]
-                              <w:t xml:space="preserve"> </w:t>
+                              <w:t xml:space="preserve">Nomor </w:t>
                             </w:r>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                                 <w:sz w:val="20"/>
                                 <w:lang w:val="id-ID"/>
                               </w:rPr>
                               <w:t xml:space="preserve">1 </w:t>
                             </w:r>
-                            <w:proofErr w:type="spellStart"/>
                             <w:r w:rsidR="009745A7">
                               <w:rPr>
                                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                                 <w:sz w:val="20"/>
                                 <w:lang w:val="en-US"/>
                               </w:rPr>
                               <w:t>Desember</w:t>
                             </w:r>
-                            <w:proofErr w:type="spellEnd"/>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                                 <w:sz w:val="20"/>
                                 <w:lang w:val="id-ID"/>
                               </w:rPr>
                               <w:t xml:space="preserve"> 202</w:t>
                             </w:r>
                             <w:r w:rsidR="009745A7">
                               <w:rPr>
                                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                                 <w:sz w:val="20"/>
                                 <w:lang w:val="en-US"/>
                               </w:rPr>
                               <w:t>5</w:t>
                             </w:r>
                             <w:r w:rsidRPr="00781475">
                               <w:rPr>
                                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                                 <w:sz w:val="20"/>
                               </w:rPr>
                               <w:t xml:space="preserve">. Hal </w:t>
                             </w:r>
                             <w:r w:rsidR="009745A7">
                               <w:rPr>
@@ -681,138 +653,109 @@
                   <w:txbxContent>
                     <w:p w14:paraId="612F3462" w14:textId="77777777" w:rsidR="007C1454" w:rsidRPr="00781475" w:rsidRDefault="007C1454" w:rsidP="007C1454">
                       <w:pPr>
                         <w:pStyle w:val="Header"/>
                         <w:jc w:val="right"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:b/>
                           <w:lang w:val="id-ID"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r>
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:b/>
                           <w:lang w:val="id-ID"/>
                         </w:rPr>
                         <w:t xml:space="preserve">Jurnal </w:t>
                       </w:r>
                       <w:r>
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:b/>
                           <w:lang w:val="en-ID"/>
                         </w:rPr>
-                        <w:t xml:space="preserve">Penelitian Pendidikan &amp; </w:t>
-[...17 lines deleted...]
-                        <w:t xml:space="preserve"> </w:t>
+                        <w:t xml:space="preserve">Penelitian Pendidikan &amp; Bimbingan </w:t>
                       </w:r>
                       <w:r>
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:b/>
                           <w:lang w:val="id-ID"/>
                         </w:rPr>
                         <w:t>Konseling</w:t>
                       </w:r>
                     </w:p>
                     <w:p w14:paraId="6AF97FF2" w14:textId="45A6BC1A" w:rsidR="007C1454" w:rsidRPr="009745A7" w:rsidRDefault="007C1454" w:rsidP="007C1454">
                       <w:pPr>
                         <w:pStyle w:val="Header"/>
                         <w:jc w:val="right"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                           <w:sz w:val="20"/>
                           <w:lang w:val="en-US"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r w:rsidRPr="00781475">
                         <w:rPr>
                           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                           <w:sz w:val="20"/>
                         </w:rPr>
                         <w:t>Volume</w:t>
                       </w:r>
                       <w:r w:rsidRPr="00781475">
                         <w:rPr>
                           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                           <w:sz w:val="20"/>
                           <w:lang w:val="id-ID"/>
                         </w:rPr>
                         <w:t xml:space="preserve"> 1 </w:t>
                       </w:r>
-                      <w:proofErr w:type="spellStart"/>
                       <w:r w:rsidRPr="00781475">
                         <w:rPr>
                           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                           <w:sz w:val="20"/>
                         </w:rPr>
-                        <w:t>Nomor</w:t>
-[...7 lines deleted...]
-                        <w:t xml:space="preserve"> </w:t>
+                        <w:t xml:space="preserve">Nomor </w:t>
                       </w:r>
                       <w:r>
                         <w:rPr>
                           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                           <w:sz w:val="20"/>
                           <w:lang w:val="id-ID"/>
                         </w:rPr>
                         <w:t xml:space="preserve">1 </w:t>
                       </w:r>
-                      <w:proofErr w:type="spellStart"/>
                       <w:r w:rsidR="009745A7">
                         <w:rPr>
                           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                           <w:sz w:val="20"/>
                           <w:lang w:val="en-US"/>
                         </w:rPr>
                         <w:t>Desember</w:t>
                       </w:r>
-                      <w:proofErr w:type="spellEnd"/>
                       <w:r>
                         <w:rPr>
                           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                           <w:sz w:val="20"/>
                           <w:lang w:val="id-ID"/>
                         </w:rPr>
                         <w:t xml:space="preserve"> 202</w:t>
                       </w:r>
                       <w:r w:rsidR="009745A7">
                         <w:rPr>
                           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                           <w:sz w:val="20"/>
                           <w:lang w:val="en-US"/>
                         </w:rPr>
                         <w:t>5</w:t>
                       </w:r>
                       <w:r w:rsidRPr="00781475">
                         <w:rPr>
                           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                           <w:sz w:val="20"/>
                         </w:rPr>
                         <w:t xml:space="preserve">. Hal </w:t>
                       </w:r>
                       <w:r w:rsidR="009745A7">
                         <w:rPr>
@@ -1058,59 +1001,69 @@
                         <w:t>)</w:t>
                       </w:r>
                     </w:p>
                     <w:p w14:paraId="7953E8C2" w14:textId="77777777" w:rsidR="007C1454" w:rsidRPr="00B10BA0" w:rsidRDefault="007C1454" w:rsidP="007C1454">
                       <w:pPr>
                         <w:jc w:val="center"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                         </w:rPr>
                       </w:pPr>
                     </w:p>
                     <w:p w14:paraId="23156073" w14:textId="77777777" w:rsidR="007C1454" w:rsidRPr="000A2D4B" w:rsidRDefault="007C1454" w:rsidP="007C1454">
                       <w:pPr>
                         <w:rPr>
                           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
                         </w:rPr>
                       </w:pPr>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
+      <w:r w:rsidR="00EC670D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>PENGARUH LAYANAN BIMBINGAN KELOMPOK DENGAN TEKNIK PERMAINANAN TRADISIONAL UNTUK MENINGKATKAN PENYESUAIAN SOSIAL SISWA</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve">PENGARUH LAYANAN BIMBINGAN KELOMPOK DENGAN TEKNIK PERMAINANAN TRADISIONAL UNTUK MENINGKATKAN PENYESUAIAN SOSIAL SISWA </w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1C751BC8" w14:textId="77777777" w:rsidR="007C1454" w:rsidRDefault="007C1454" w:rsidP="007C1454">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="-7"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0E39BD60" w14:textId="09D5BD24" w:rsidR="007C1454" w:rsidRPr="00726056" w:rsidRDefault="007C1454" w:rsidP="007C1454">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
@@ -1161,354 +1114,295 @@
         </w:rPr>
         <w:t>ial Adjustment of Students</w:t>
       </w:r>
       <w:r w:rsidRPr="00726056">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5822D155" w14:textId="77777777" w:rsidR="007C1454" w:rsidRPr="008A307B" w:rsidRDefault="007C1454" w:rsidP="007C1454">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4AC59254" w14:textId="0ED1D812" w:rsidR="007C1454" w:rsidRPr="00726056" w:rsidRDefault="007C1454" w:rsidP="007C1454">
+    <w:p w14:paraId="4AC59254" w14:textId="79EF9E12" w:rsidR="007C1454" w:rsidRPr="00726056" w:rsidRDefault="007C1454" w:rsidP="007C1454">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DE449A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
       <w:r w:rsidR="007B5F04">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve">Ria </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t>Ria Hadriani Ilyas</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00726056">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
       <w:r w:rsidR="007B5F04">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>Hadriani</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidR="007B5F04">
+        <w:t xml:space="preserve">Wahyu Nurhamzah </w:t>
+      </w:r>
+      <w:r w:rsidR="002F6A7E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Ilyas</w:t>
-[...8 lines deleted...]
-        <w:t xml:space="preserve">, </w:t>
+        <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="00726056">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
-        <w:t>2</w:t>
+        <w:t>3</w:t>
       </w:r>
       <w:r w:rsidR="007B5F04">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve">Wahyu </w:t>
-[...2 lines deleted...]
-      <w:r w:rsidR="007B5F04">
+        <w:t>A. Jaya Alam</w:t>
+      </w:r>
+      <w:r w:rsidR="002F6A7E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>Nurhamzah</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidR="007B5F04">
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00726056">
+      <w:r w:rsidR="002F6A7E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:vertAlign w:val="superscript"/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:r w:rsidR="007B5F04">
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidR="002F6A7E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve">A. Jaya </w:t>
-[...21 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t>Nur Asriyanti Jabir</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="188B824D" w14:textId="067E63EF" w:rsidR="007C1454" w:rsidRDefault="007C1454" w:rsidP="007C1454">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DE449A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="007B5F04">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>Bimbingan</w:t>
-[...21 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>Bimbingan dan Konseling</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidR="007B5F04">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>STKIP Andi Matappa</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="39CC874A" w14:textId="065AA2B6" w:rsidR="00F6682B" w:rsidRDefault="00F6682B" w:rsidP="007C1454">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve">Bimbingan dan </w:t>
-[...11 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>Bimbingan dan Konseling</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>, STKIP Andi Matappa</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="503F0BAF" w14:textId="5E20C9ED" w:rsidR="00F6682B" w:rsidRDefault="00F6682B" w:rsidP="007C1454">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve">Bimbingan dan </w:t>
-[...11 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>Bimbingan dan Konseling</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>, STKIP Andi Matappa</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4317ECDF" w14:textId="28BAB6AA" w:rsidR="007C1454" w:rsidRDefault="00F6682B" w:rsidP="007B5F04">
       <w:pPr>
         <w:pStyle w:val="Corespondence"/>
         <w:ind w:firstLine="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>E</w:t>
@@ -1900,53 +1794,54 @@
       </w:r>
     </w:p>
     <w:p w14:paraId="7DAF5F89" w14:textId="77777777" w:rsidR="007C1454" w:rsidRPr="00BC500D" w:rsidRDefault="007C1454" w:rsidP="007C1454">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4BF10A5F" w14:textId="77777777" w:rsidR="007C1454" w:rsidRPr="00781475" w:rsidRDefault="007C1454" w:rsidP="007C1454">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:sectPr w:rsidR="007C1454" w:rsidRPr="00781475" w:rsidSect="007C1454">
           <w:headerReference w:type="even" r:id="rId9"/>
           <w:headerReference w:type="default" r:id="rId10"/>
-          <w:footerReference w:type="default" r:id="rId11"/>
-[...1 lines deleted...]
-          <w:footerReference w:type="first" r:id="rId13"/>
+          <w:footerReference w:type="even" r:id="rId11"/>
+          <w:footerReference w:type="default" r:id="rId12"/>
+          <w:headerReference w:type="first" r:id="rId13"/>
+          <w:footerReference w:type="first" r:id="rId14"/>
           <w:pgSz w:w="11907" w:h="16840" w:code="9"/>
           <w:pgMar w:top="1701" w:right="1134" w:bottom="1134" w:left="1701" w:header="1134" w:footer="567" w:gutter="0"/>
           <w:pgNumType w:start="1"/>
           <w:cols w:space="720"/>
           <w:titlePg/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7927C53C" w14:textId="77777777" w:rsidR="007C1454" w:rsidRDefault="007C1454" w:rsidP="007C1454">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00816B65">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
@@ -1999,71 +1894,51 @@
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D01683">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Berdasarkan hasil observasi yang dilakukan peneliti pada siswa</w:t>
       </w:r>
       <w:r w:rsidR="00C440BE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve"> di SMA Negeri 1 </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve"> di SMA Negeri 1 Pangkep </w:t>
       </w:r>
       <w:r w:rsidRPr="00D01683">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>, ditemukan adanya gejala penyesuaian sosial yang rendah. Hal ini tampak dari masih banyak siswa yang mengalami kesulitan dalam bergaul dengan orang lain, kurang mampu bekerja sama dengan teman, kurang peka terhadap lingkungan, cenderung bersifat introvert, merasa malu untuk bertanya ketika diskusi, serta tidak mengerjakan tugas yang diberikan guru. Temuan ini sejalan dengan teori Yanizon (2013) dan Lianasari (2021) yang menjelaskan bahwa penyesuaian sosial ditandai dengan kemampuan individu untuk berinteraksi, bekerja sama, serta menyesuaikan diri dengan lingkungan sosialnya.</w:t>
       </w:r>
       <w:r w:rsidR="00A23724" w:rsidRPr="00A23724">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Kondisi tersebut tidak berdiri sendiri</w:t>
       </w:r>
       <w:r w:rsidR="00A23724">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>,</w:t>
@@ -2178,89 +2053,58 @@
       </w:pPr>
       <w:r w:rsidRPr="00D01683">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Permainan tradisional merupakan suatu aktivitas yang tumbuh dan berkembang di</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00D01683">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">daerah tertentu, yang sarat dengan nilai-nilai budaya dan tata nilai kehidupan masyarakat dan diajarkan turun temurun dari generasi ke generasi berikutnya (Kurniati, 2016). Azizah (2016) </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00A23724">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>menyatakan</w:t>
-[...29 lines deleted...]
-        <w:t xml:space="preserve"> p</w:t>
+        <w:t>menyatakan bahwa p</w:t>
       </w:r>
       <w:r w:rsidRPr="00D01683">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">ermainan tradisional sudah tumbuh dan berkembang sejak zaman dahulu. Setiap daerah memiliki jenis permainan tradisional yang berbeda-beda. Jadi permainan tradisional adalah permainan turun temurun yang diwariskan dari generasi ke generasi dan setiap daerah memiliki permainan tradisionalnya masing-masing, terkait hal tersebut peneliti akan menggunakan permainan tradisional khas Sulawesi Selatan terutama permainan tradisional khusus daerah Bugis, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">berdasarkan pernyataan Nurmahanani ( 2017)  masyarakat lebih mengenal dan melestarikan permainan tradisionalnya sendiri, karena permainan  itu diamati dan dilakukan langsung oleh masyarakatnya </w:t>
       </w:r>
       <w:r w:rsidRPr="00D01683">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">adapun permainan tradisional yang akan dipakai ada 4 jenis, yaitu: </w:t>
       </w:r>
@@ -2347,52 +2191,52 @@
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D01683">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Melalui layanan bimbingan kelompok dengan teknik permainan tradisional, setiap siswa akan saling belajar mengungkapkan dan mendengarkan pendapat, ide, saran, serta tanggapan dari tiap anggota kelompok dengan baik, sekaligus ikut bertanggung jawab terhadap pendapat yang telah dikemukakan (Prayitno, 2017).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="79089AB9" w14:textId="77777777" w:rsidR="001B519A" w:rsidRDefault="00540E13" w:rsidP="0010344F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:sectPr w:rsidR="001B519A" w:rsidSect="007C1454">
-          <w:headerReference w:type="default" r:id="rId14"/>
-          <w:headerReference w:type="first" r:id="rId15"/>
+          <w:headerReference w:type="default" r:id="rId15"/>
+          <w:headerReference w:type="first" r:id="rId16"/>
           <w:type w:val="continuous"/>
           <w:pgSz w:w="11907" w:h="16840" w:code="9"/>
           <w:pgMar w:top="1701" w:right="1134" w:bottom="1134" w:left="1701" w:header="1134" w:footer="567" w:gutter="0"/>
           <w:cols w:space="340"/>
           <w:titlePg/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
       <w:r w:rsidRPr="00D01683">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Hasil penelitian menunjukkan bahwa sebelum diberikan perlakuan teknik permainan tradisional seluruh siswa memiliki tingkat perilaku penyesuaian sosial yang rendah. Setelah diberikan perlakuan terjadi peningkatan di mana siswa yang berada pada kategori sangat rendah dan rendah mengalami peningkatan menjadi </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>sedang</w:t>
       </w:r>
       <w:r w:rsidRPr="00D01683">
@@ -2840,192 +2684,79 @@
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> (variabel terikat) yang diberikan pengaruh. Teknik permainan tradisional sebagai variabel bebas dan penyesuaian sosial sebagai variabel terikat.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="36AD82F0" w14:textId="77777777" w:rsidR="009266A6" w:rsidRDefault="002628D9" w:rsidP="00A23724">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C12A64">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve">Teknik </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t>Teknik pengumpulan data yang digunakan adalah angket</w:t>
+      </w:r>
+      <w:r w:rsidR="009266A6" w:rsidRPr="00C12A64">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>/kuesioner,</w:t>
+      </w:r>
       <w:r w:rsidRPr="00C12A64">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>pengumpulan</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00C12A64">
+        <w:t xml:space="preserve"> observasi</w:t>
+      </w:r>
+      <w:r w:rsidR="009266A6" w:rsidRPr="00C12A64">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve"> data yang </w:t>
-[...120 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>, dan dokumentasi</w:t>
+      </w:r>
       <w:r w:rsidRPr="00C12A64">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="009266A6" w:rsidRPr="00C12A64">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="009266A6" w:rsidRPr="00C12A64">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Kuesioner merupakan teknik pengumpulan data yang dengan cara memberi seperangkat pertanyaan atau pernyataan tertulis kepada responden untuk dijawabnya (Sugiyono, 2019). Observasi merupakan metode pengumpulan data yang melibatkan pengamatan dan pencatatan secara sistematis terhadap semua hal yang terlihat pada objek penelitian. Dokumentasi merupakan catatan yang telah berlalu. Dokumentasi dapat berbentuk tulisan, gambar atau karya-karya monumental dari seseorang.</w:t>
@@ -3344,60 +3075,58 @@
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1122" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="32096567" w14:textId="77777777" w:rsidR="006D3748" w:rsidRPr="003C35CA" w:rsidRDefault="006D3748" w:rsidP="006D3748">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="003C35CA">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Kategori</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1579" w:type="pct"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2D83F5D6" w14:textId="6C6A8245" w:rsidR="006D3748" w:rsidRPr="003C35CA" w:rsidRDefault="006D3748" w:rsidP="006D3748">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C35CA">
               <w:rPr>
@@ -3494,131 +3223,91 @@
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1579" w:type="pct"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="179DB0A1" w14:textId="77777777" w:rsidR="006D3748" w:rsidRPr="003C35CA" w:rsidRDefault="006D3748" w:rsidP="006D3748">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="003C35CA">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Frekuensi</w:t>
+              <w:t>Frekuensi Persentase</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
-[...17 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1579" w:type="pct"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="178DCFA8" w14:textId="77777777" w:rsidR="006D3748" w:rsidRPr="003C35CA" w:rsidRDefault="006D3748" w:rsidP="006D3748">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="003C35CA">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Frekuensi</w:t>
+              <w:t>Frekuensi Persentase</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
-[...17 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="006D3748" w:rsidRPr="003C35CA" w14:paraId="3E06733A" w14:textId="77777777" w:rsidTr="006D3748">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="283"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="719" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="39024BC0" w14:textId="77777777" w:rsidR="006D3748" w:rsidRPr="003C35CA" w:rsidRDefault="006D3748" w:rsidP="006D3748">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
@@ -4032,60 +3721,58 @@
               <w:t>63-90</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1122" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="52FBF2C8" w14:textId="77777777" w:rsidR="006D3748" w:rsidRPr="003C35CA" w:rsidRDefault="006D3748" w:rsidP="006D3748">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="003C35CA">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Rendah</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="590" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="269DC6EA" w14:textId="77777777" w:rsidR="006D3748" w:rsidRPr="003C35CA" w:rsidRDefault="006D3748" w:rsidP="006D3748">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:bCs/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C35CA">
               <w:rPr>
@@ -4237,62 +3924,52 @@
             <w:tcW w:w="1122" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="10A6B5F0" w14:textId="77777777" w:rsidR="006D3748" w:rsidRPr="003C35CA" w:rsidRDefault="006D3748" w:rsidP="006D3748">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C35CA">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve">Sangat </w:t>
+              <w:t>Sangat rendah</w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-[...8 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="590" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="669E6CC9" w14:textId="77777777" w:rsidR="006D3748" w:rsidRPr="003C35CA" w:rsidRDefault="006D3748" w:rsidP="006D3748">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:bCs/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C35CA">
               <w:rPr>
@@ -4942,60 +4619,58 @@
               <w:t>Interval</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1189" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="2AEBF4B6" w14:textId="77777777" w:rsidR="006D3748" w:rsidRPr="003C35CA" w:rsidRDefault="006D3748" w:rsidP="00453CEA">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="003C35CA">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Kategori</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1672" w:type="pct"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="3917C3B2" w14:textId="77777777" w:rsidR="006D3748" w:rsidRPr="003C35CA" w:rsidRDefault="006D3748" w:rsidP="00453CEA">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C35CA">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
@@ -5084,130 +4759,90 @@
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1672" w:type="pct"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="560A88C0" w14:textId="77777777" w:rsidR="006D3748" w:rsidRPr="003C35CA" w:rsidRDefault="006D3748" w:rsidP="00453CEA">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="003C35CA">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Frekuensi</w:t>
+              <w:t>Frekuensi Persentase</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
-[...17 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1377" w:type="pct"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="6D2D0650" w14:textId="77777777" w:rsidR="006D3748" w:rsidRPr="003C35CA" w:rsidRDefault="006D3748" w:rsidP="00453CEA">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="003C35CA">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Frekuensi</w:t>
+              <w:t>Frekuensi Persentase</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
-[...17 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="006D3748" w:rsidRPr="003C35CA" w14:paraId="2792B2E4" w14:textId="77777777" w:rsidTr="003C35CA">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="762" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="16C5F55E" w14:textId="77777777" w:rsidR="006D3748" w:rsidRPr="003C35CA" w:rsidRDefault="006D3748" w:rsidP="00453CEA">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:i/>
                 <w:sz w:val="24"/>
@@ -5607,60 +5242,58 @@
               <w:t>63-90</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1189" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="14A2DFEC" w14:textId="77777777" w:rsidR="006D3748" w:rsidRPr="003C35CA" w:rsidRDefault="006D3748" w:rsidP="00453CEA">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="003C35CA">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Rendah</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="625" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="47751243" w14:textId="77777777" w:rsidR="006D3748" w:rsidRPr="003C35CA" w:rsidRDefault="006D3748" w:rsidP="00453CEA">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:bCs/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C35CA">
               <w:rPr>
@@ -5803,62 +5436,52 @@
           <w:tcPr>
             <w:tcW w:w="1189" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="51ECADB5" w14:textId="77777777" w:rsidR="006D3748" w:rsidRPr="003C35CA" w:rsidRDefault="006D3748" w:rsidP="00453CEA">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C35CA">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve">Sangat </w:t>
+              <w:t>Sangat rendah</w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-[...8 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="625" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="7FD0C733" w14:textId="77777777" w:rsidR="006D3748" w:rsidRPr="003C35CA" w:rsidRDefault="006D3748" w:rsidP="00453CEA">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C35CA">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
@@ -7830,51 +7453,51 @@
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Sumber : Analisis Data Hasil Observasi</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7E4DF152" w14:textId="77777777" w:rsidR="007C1454" w:rsidRDefault="007C1454" w:rsidP="007C1454">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="right" w:pos="8271"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="15E827F4" w14:textId="77777777" w:rsidR="001B519A" w:rsidRDefault="00453CEA" w:rsidP="00453CEA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="1" w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:sectPr w:rsidR="001B519A" w:rsidSect="001B519A">
-          <w:headerReference w:type="default" r:id="rId16"/>
+          <w:headerReference w:type="default" r:id="rId17"/>
           <w:pgSz w:w="11907" w:h="16840" w:code="9"/>
           <w:pgMar w:top="1701" w:right="1134" w:bottom="1134" w:left="1701" w:header="720" w:footer="720" w:gutter="0"/>
           <w:cols w:space="340"/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
       <w:r w:rsidRPr="00D01683">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Berdasarkan tabel 4.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>3</w:t>
       </w:r>
       <w:r w:rsidRPr="00D01683">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
@@ -9224,51 +8847,51 @@
     </w:p>
     <w:p w14:paraId="2F4C4632" w14:textId="77777777" w:rsidR="002823CC" w:rsidRPr="003C35CA" w:rsidRDefault="002823CC" w:rsidP="002823CC">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="1" w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="38CE9B02" w14:textId="1718575B" w:rsidR="003C35CA" w:rsidRPr="003C35CA" w:rsidRDefault="003C35CA" w:rsidP="00453CEA">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="right" w:pos="8271"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:sectPr w:rsidR="003C35CA" w:rsidRPr="003C35CA" w:rsidSect="001B519A">
-          <w:headerReference w:type="default" r:id="rId17"/>
+          <w:headerReference w:type="default" r:id="rId18"/>
           <w:pgSz w:w="11907" w:h="16840" w:code="9"/>
           <w:pgMar w:top="1701" w:right="1134" w:bottom="1134" w:left="1701" w:header="720" w:footer="720" w:gutter="0"/>
           <w:cols w:space="340"/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
       <w:r w:rsidRPr="003C35CA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>PEMBAHASAN</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5A8AAB44" w14:textId="1C2DAB2E" w:rsidR="003C35CA" w:rsidRDefault="003C35CA" w:rsidP="00E967A8">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
@@ -9343,51 +8966,51 @@
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> postest</w:t>
       </w:r>
       <w:r w:rsidRPr="00D01683">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> untuk mengetahui perubahan setelah melaksanakan bimbingan kelompok dengan teknik permainan tradisional. Silvia (2020) meneliti pengaruh permainan tradisional terhadap keterampilan sosial siswa dan menemukan bahwa teknik permainan tradisional mampu membantu siswa dalam meningkatkan keterampilan sosial dan kerja sama.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7BE2CB38" w14:textId="77777777" w:rsidR="006A66FB" w:rsidRDefault="003C35CA" w:rsidP="00E967A8">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:sectPr w:rsidR="006A66FB" w:rsidSect="007C1454">
-          <w:headerReference w:type="default" r:id="rId18"/>
+          <w:headerReference w:type="default" r:id="rId19"/>
           <w:type w:val="continuous"/>
           <w:pgSz w:w="11907" w:h="16840" w:code="9"/>
           <w:pgMar w:top="1701" w:right="1134" w:bottom="1134" w:left="1701" w:header="720" w:footer="720" w:gutter="0"/>
           <w:cols w:space="340"/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
       <w:r w:rsidRPr="00D01683">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Berdasarkan hasil observasi selama kegiatan konseling kelompok terlihat adanya kemajuan positif dalam peningkatan keaktifan siswa dan keterlibatan siswa dari pertemuan pertama sampai terakhir. Pada pertemuan awal siswa masih tampak pasif dan kurang berpartisipasi, namun seiring berjalannya sesi mulai menunjukkan adanya perubahan ke arah </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0885DE89" w14:textId="6BCEE98E" w:rsidR="003C35CA" w:rsidRPr="00D01683" w:rsidRDefault="003C35CA" w:rsidP="00E967A8">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
@@ -9872,51 +9495,51 @@
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>test</w:t>
       </w:r>
       <w:r w:rsidRPr="00D01683">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> merupakan bukti adanya pengaruh perlakuan.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="63BEEAA0" w14:textId="77777777" w:rsidR="006A66FB" w:rsidRDefault="003C35CA" w:rsidP="00E967A8">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:sectPr w:rsidR="006A66FB" w:rsidSect="006A66FB">
-          <w:headerReference w:type="default" r:id="rId19"/>
+          <w:headerReference w:type="default" r:id="rId20"/>
           <w:pgSz w:w="11907" w:h="16840" w:code="9"/>
           <w:pgMar w:top="1701" w:right="1134" w:bottom="1134" w:left="1701" w:header="720" w:footer="720" w:gutter="0"/>
           <w:cols w:space="340"/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
       <w:r w:rsidRPr="00D01683">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Berdasarkan hasil analisis data yang dilakukan melalui </w:t>
       </w:r>
       <w:r w:rsidRPr="00D01683">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">pretest </w:t>
       </w:r>
       <w:r w:rsidRPr="00D01683">
@@ -10606,78 +10229,78 @@
         <w:ind w:left="720" w:hanging="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D01683">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:position w:val="-2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Kamal Muhammad, (2022).Pengaruh Layanan Bimbingan Kelompok Dengan Teknik Permainan Tradisional Untuk Meningkatkan Penyesuaian Diri Siswa SMA Negeri 5 </w:t>
       </w:r>
       <w:r w:rsidRPr="00EF1F3A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:position w:val="-2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Langsa </w:t>
       </w:r>
-      <w:hyperlink r:id="rId20" w:history="1">
+      <w:hyperlink r:id="rId21" w:history="1">
         <w:r w:rsidRPr="00EF1F3A">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
             <w:color w:val="000000" w:themeColor="text1"/>
             <w:position w:val="-2"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>https://id.scribd.com/document/604550000/pengaruh-layanan-bimbingan-kelompok-dengan-teknik-permainan-terhadap-penyesuaian-sosial-siswa-sma-negeri-5-langsa</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="24AC2563" w14:textId="77777777" w:rsidR="008C7275" w:rsidRDefault="008C7275" w:rsidP="00B34F9C">
       <w:pPr>
         <w:spacing w:before="240" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="720" w:hanging="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:position w:val="-2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:sectPr w:rsidR="008C7275" w:rsidSect="006A66FB">
-          <w:headerReference w:type="default" r:id="rId21"/>
+          <w:headerReference w:type="default" r:id="rId22"/>
           <w:pgSz w:w="11907" w:h="16840" w:code="9"/>
           <w:pgMar w:top="1701" w:right="1134" w:bottom="1134" w:left="1701" w:header="720" w:footer="720" w:gutter="0"/>
           <w:cols w:space="340"/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="02389E37" w14:textId="64FBA314" w:rsidR="00EF1F3A" w:rsidRPr="00D01683" w:rsidRDefault="008C7275" w:rsidP="00B34F9C">
       <w:pPr>
         <w:spacing w:before="240" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="720" w:hanging="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:position w:val="-2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008C7275">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:position w:val="-2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
@@ -11105,74 +10728,74 @@
         </w:rPr>
         <w:t>, </w:t>
       </w:r>
       <w:r w:rsidRPr="00D01683">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:position w:val="-2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>5</w:t>
       </w:r>
       <w:r w:rsidRPr="00D01683">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:position w:val="-2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>(2), 227-235.</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00F253A3" w:rsidRPr="004E6C5C" w:rsidSect="006A66FB">
-      <w:headerReference w:type="default" r:id="rId22"/>
+      <w:headerReference w:type="default" r:id="rId23"/>
       <w:pgSz w:w="11907" w:h="16840" w:code="9"/>
       <w:pgMar w:top="1701" w:right="1134" w:bottom="1134" w:left="1701" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="340"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="2A3EE6D8" w14:textId="77777777" w:rsidR="0041448E" w:rsidRDefault="0041448E">
+    <w:p w14:paraId="5C90067B" w14:textId="77777777" w:rsidR="009374CF" w:rsidRDefault="009374CF">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="630718E6" w14:textId="77777777" w:rsidR="0041448E" w:rsidRDefault="0041448E">
+    <w:p w14:paraId="19489AF8" w14:textId="77777777" w:rsidR="009374CF" w:rsidRDefault="009374CF">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
@@ -11256,105 +10879,115 @@
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Yu Gothic">
     <w:altName w:val="游ゴシック"/>
     <w:panose1 w:val="020B0400000000000000"/>
     <w:charset w:val="80"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="2AC7FDFF" w:usb2="00000016" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+  <w:p w14:paraId="3704BF41" w14:textId="77777777" w:rsidR="00F904D6" w:rsidRDefault="00F904D6">
+    <w:pPr>
+      <w:pStyle w:val="Footer"/>
+    </w:pPr>
+  </w:p>
+</w:ftr>
+</file>
+
+<file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:p w14:paraId="1ED20DF2" w14:textId="5DD2F794" w:rsidR="001B519A" w:rsidRDefault="001B519A">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:pBdr>
         <w:top w:val="single" w:sz="4" w:space="1" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
       </w:pBdr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:pPr>
   </w:p>
   <w:p w14:paraId="6FF28F75" w14:textId="77777777" w:rsidR="001B519A" w:rsidRDefault="001B519A">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
-<file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:p w14:paraId="7312FE8D" w14:textId="77777777" w:rsidR="007C1454" w:rsidRPr="00D94549" w:rsidRDefault="007C1454">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         <w:b/>
       </w:rPr>
     </w:pPr>
   </w:p>
   <w:p w14:paraId="3ABC61A8" w14:textId="77777777" w:rsidR="007C1454" w:rsidRDefault="007C1454" w:rsidP="00D94549">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="4C504C14" w14:textId="77777777" w:rsidR="0041448E" w:rsidRDefault="0041448E">
+    <w:p w14:paraId="0C6B378C" w14:textId="77777777" w:rsidR="009374CF" w:rsidRDefault="009374CF">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="30D7427E" w14:textId="77777777" w:rsidR="0041448E" w:rsidRDefault="0041448E">
+    <w:p w14:paraId="6965BDB8" w14:textId="77777777" w:rsidR="009374CF" w:rsidRDefault="009374CF">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:p w14:paraId="26C59DDE" w14:textId="77777777" w:rsidR="007C1454" w:rsidRPr="0089387E" w:rsidRDefault="007C1454" w:rsidP="0089387E">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:jc w:val="right"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="20"/>
         <w:lang w:val="id-ID"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="0089387E">
       <w:rPr>
@@ -11428,69 +11061,51 @@
       </w:rPr>
       <w:t xml:space="preserve">  </w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="20"/>
         <w:lang w:val="en-ID"/>
       </w:rPr>
       <w:t>JPPBK</w:t>
     </w:r>
     <w:r w:rsidRPr="0089387E">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="20"/>
         <w:lang w:val="id-ID"/>
       </w:rPr>
       <w:t xml:space="preserve">: Jurnal </w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="20"/>
         <w:lang w:val="en-ID"/>
       </w:rPr>
-      <w:t xml:space="preserve">Penelitian Pendidikan &amp; </w:t>
-[...17 lines deleted...]
-      <w:t xml:space="preserve"> </w:t>
+      <w:t xml:space="preserve">Penelitian Pendidikan &amp; Bimbingan </w:t>
     </w:r>
     <w:r w:rsidRPr="0089387E">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="20"/>
         <w:lang w:val="id-ID"/>
       </w:rPr>
       <w:t xml:space="preserve">Konseling </w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:t xml:space="preserve">Vol. 1 No. 1 </w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         <w:sz w:val="20"/>
         <w:lang w:val="en-US"/>
       </w:rPr>
       <w:t>April</w:t>
     </w:r>
     <w:r>
@@ -11525,508 +11140,339 @@
     </w:pPr>
     <w:r>
       <w:tab/>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header10.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="-228006017"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Top of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtEndPr>
       <w:rPr>
         <w:color w:val="7F7F7F" w:themeColor="background1" w:themeShade="7F"/>
         <w:spacing w:val="60"/>
       </w:rPr>
     </w:sdtEndPr>
     <w:sdtContent>
-      <w:p w14:paraId="23ACCC0E" w14:textId="7441B78D" w:rsidR="006A66FB" w:rsidRDefault="006A66FB">
+      <w:p w14:paraId="23ACCC0E" w14:textId="5A170570" w:rsidR="006A66FB" w:rsidRDefault="00F904D6">
         <w:pPr>
           <w:pStyle w:val="Header"/>
           <w:pBdr>
             <w:bottom w:val="single" w:sz="4" w:space="1" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
           </w:pBdr>
           <w:rPr>
             <w:b/>
             <w:bCs/>
           </w:rPr>
         </w:pPr>
         <w:r>
           <w:rPr>
             <w:lang w:val="en-US"/>
           </w:rPr>
-          <w:t>8</w:t>
+          <w:t>53</w:t>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="006A66FB">
           <w:rPr>
             <w:b/>
             <w:bCs/>
           </w:rPr>
           <w:t xml:space="preserve"> |</w:t>
         </w:r>
-        <w:r w:rsidRPr="006A66FB">
+        <w:r w:rsidR="006A66FB" w:rsidRPr="006A66FB">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:sz w:val="20"/>
             <w:lang w:val="en-ID"/>
           </w:rPr>
           <w:t xml:space="preserve"> </w:t>
         </w:r>
-        <w:r w:rsidRPr="00A7412E">
+        <w:r w:rsidR="006A66FB" w:rsidRPr="00A7412E">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:sz w:val="20"/>
             <w:lang w:val="en-ID"/>
           </w:rPr>
           <w:t>JPPBK</w:t>
         </w:r>
-        <w:r w:rsidRPr="00A7412E">
+        <w:r w:rsidR="006A66FB" w:rsidRPr="00A7412E">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:sz w:val="20"/>
             <w:lang w:val="id-ID"/>
           </w:rPr>
           <w:t xml:space="preserve">: Jurnal </w:t>
         </w:r>
-        <w:r w:rsidRPr="00A7412E">
+        <w:r w:rsidR="006A66FB" w:rsidRPr="00A7412E">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:sz w:val="20"/>
             <w:lang w:val="en-ID"/>
           </w:rPr>
-          <w:t xml:space="preserve">Penelitian Pendidikan &amp; </w:t>
+          <w:t xml:space="preserve">Penelitian Pendidikan &amp; Bimbingan </w:t>
         </w:r>
-        <w:proofErr w:type="spellStart"/>
-[...17 lines deleted...]
-        <w:r w:rsidRPr="00A7412E">
+        <w:r w:rsidR="006A66FB" w:rsidRPr="00A7412E">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:sz w:val="20"/>
             <w:lang w:val="id-ID"/>
           </w:rPr>
           <w:t xml:space="preserve">Konseling </w:t>
         </w:r>
-        <w:r w:rsidRPr="00A7412E">
+        <w:r w:rsidR="006A66FB" w:rsidRPr="00A7412E">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:sz w:val="20"/>
           </w:rPr>
-          <w:t xml:space="preserve">Vol. 1 No. 1 </w:t>
-[...15 lines deleted...]
-          <w:t xml:space="preserve"> 2025</w:t>
+          <w:t>Vol. 1 No. 1 Desember 2025</w:t>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
   <w:p w14:paraId="67FE5918" w14:textId="77777777" w:rsidR="006A66FB" w:rsidRDefault="006A66FB">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header11.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:sdt>
     <w:sdtPr>
       <w:rPr>
         <w:color w:val="7F7F7F" w:themeColor="background1" w:themeShade="7F"/>
         <w:spacing w:val="60"/>
       </w:rPr>
       <w:id w:val="-1693056837"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Top of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtEndPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:noProof/>
         <w:color w:val="auto"/>
         <w:spacing w:val="0"/>
       </w:rPr>
     </w:sdtEndPr>
     <w:sdtContent>
-      <w:p w14:paraId="50D66820" w14:textId="7FE85FF3" w:rsidR="008C7275" w:rsidRDefault="008C7275">
+      <w:p w14:paraId="50D66820" w14:textId="677EFBFB" w:rsidR="008C7275" w:rsidRDefault="008C7275">
         <w:pPr>
           <w:pStyle w:val="Header"/>
           <w:pBdr>
             <w:bottom w:val="single" w:sz="4" w:space="1" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
           </w:pBdr>
           <w:jc w:val="right"/>
           <w:rPr>
             <w:b/>
             <w:bCs/>
           </w:rPr>
         </w:pPr>
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:i/>
             <w:sz w:val="20"/>
             <w:lang w:val="en-US"/>
           </w:rPr>
           <w:t>Ria</w:t>
         </w:r>
         <w:r w:rsidRPr="00A7412E">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:i/>
             <w:sz w:val="20"/>
             <w:lang w:val="en-US"/>
           </w:rPr>
           <w:t xml:space="preserve">, </w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:i/>
             <w:sz w:val="20"/>
             <w:lang w:val="en-US"/>
           </w:rPr>
           <w:t>Wahyu &amp; Jaya</w:t>
         </w:r>
         <w:r w:rsidRPr="00A7412E">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:i/>
             <w:sz w:val="20"/>
             <w:lang w:val="en-US"/>
           </w:rPr>
           <w:t xml:space="preserve">. </w:t>
         </w:r>
-        <w:proofErr w:type="spellStart"/>
         <w:r w:rsidRPr="00F90F27">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:i/>
             <w:sz w:val="20"/>
             <w:lang w:val="en-US"/>
           </w:rPr>
-          <w:t>Pengaruh</w:t>
+          <w:t xml:space="preserve">Pengaruh </w:t>
         </w:r>
-        <w:proofErr w:type="spellEnd"/>
-[...9 lines deleted...]
-        <w:proofErr w:type="spellStart"/>
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:i/>
             <w:sz w:val="20"/>
             <w:lang w:val="en-US"/>
           </w:rPr>
-          <w:t>Layanan</w:t>
-[...69 lines deleted...]
-          <w:t xml:space="preserve"> Teknik</w:t>
+          <w:t>Layanan Bimbingan Kelompok Dengan Teknik</w:t>
         </w:r>
         <w:r w:rsidRPr="00F90F27">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:i/>
             <w:sz w:val="20"/>
             <w:lang w:val="en-US"/>
           </w:rPr>
           <w:t xml:space="preserve"> </w:t>
         </w:r>
         <w:r w:rsidRPr="00A7412E">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:i/>
             <w:sz w:val="20"/>
             <w:lang w:val="en-US"/>
           </w:rPr>
           <w:t>…</w:t>
         </w:r>
         <w:r>
           <w:t xml:space="preserve"> | </w:t>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00F904D6">
           <w:rPr>
             <w:lang w:val="en-US"/>
           </w:rPr>
-          <w:t>9</w:t>
+          <w:t>54</w:t>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
   <w:p w14:paraId="66C5E45B" w14:textId="77777777" w:rsidR="008C7275" w:rsidRDefault="008C7275">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="813071362"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Top of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtEndPr>
       <w:rPr>
         <w:color w:val="7F7F7F" w:themeColor="background1" w:themeShade="7F"/>
         <w:spacing w:val="60"/>
       </w:rPr>
     </w:sdtEndPr>
     <w:sdtContent>
-      <w:p w14:paraId="3DB942A5" w14:textId="6CCB3A6B" w:rsidR="008B7CF9" w:rsidRDefault="008B7CF9">
+      <w:p w14:paraId="3DB942A5" w14:textId="3A0B6FCC" w:rsidR="008B7CF9" w:rsidRDefault="00F904D6">
         <w:pPr>
           <w:pStyle w:val="Header"/>
           <w:pBdr>
             <w:bottom w:val="single" w:sz="4" w:space="1" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
           </w:pBdr>
           <w:rPr>
             <w:b/>
             <w:bCs/>
           </w:rPr>
         </w:pPr>
         <w:r>
-          <w:fldChar w:fldCharType="begin"/>
+          <w:rPr>
+            <w:lang w:val="en-US"/>
+          </w:rPr>
+          <w:t>47</w:t>
         </w:r>
-        <w:r>
-[...21 lines deleted...]
-        <w:r>
+        <w:r w:rsidR="008B7CF9">
           <w:rPr>
             <w:b/>
             <w:bCs/>
           </w:rPr>
           <w:t xml:space="preserve"> | </w:t>
         </w:r>
-        <w:r w:rsidRPr="00A7412E">
+        <w:r w:rsidR="008B7CF9" w:rsidRPr="00A7412E">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:sz w:val="20"/>
             <w:lang w:val="en-ID"/>
           </w:rPr>
           <w:t>JPPBK</w:t>
         </w:r>
-        <w:r w:rsidRPr="00A7412E">
+        <w:r w:rsidR="008B7CF9" w:rsidRPr="00A7412E">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:sz w:val="20"/>
             <w:lang w:val="id-ID"/>
           </w:rPr>
           <w:t xml:space="preserve">: Jurnal </w:t>
         </w:r>
-        <w:r w:rsidRPr="00A7412E">
+        <w:r w:rsidR="008B7CF9" w:rsidRPr="00A7412E">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:sz w:val="20"/>
             <w:lang w:val="en-ID"/>
           </w:rPr>
-          <w:t xml:space="preserve">Penelitian Pendidikan &amp; </w:t>
+          <w:t xml:space="preserve">Penelitian Pendidikan &amp; Bimbingan </w:t>
         </w:r>
-        <w:proofErr w:type="spellStart"/>
-[...17 lines deleted...]
-        <w:r w:rsidRPr="00A7412E">
+        <w:r w:rsidR="008B7CF9" w:rsidRPr="00A7412E">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:sz w:val="20"/>
             <w:lang w:val="id-ID"/>
           </w:rPr>
           <w:t xml:space="preserve">Konseling </w:t>
         </w:r>
-        <w:r w:rsidRPr="00A7412E">
+        <w:r w:rsidR="008B7CF9" w:rsidRPr="00A7412E">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:sz w:val="20"/>
           </w:rPr>
-          <w:t xml:space="preserve">Vol. 1 No. 1 </w:t>
-[...15 lines deleted...]
-          <w:t xml:space="preserve"> 2025</w:t>
+          <w:t>Vol. 1 No. 1 Desember 2025</w:t>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
   <w:p w14:paraId="759C0DC6" w14:textId="77777777" w:rsidR="008B7CF9" w:rsidRDefault="008B7CF9">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:p w14:paraId="4FE563E7" w14:textId="77777777" w:rsidR="007C1454" w:rsidRDefault="007C1454">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
   <w:p w14:paraId="2E366B3D" w14:textId="77777777" w:rsidR="007C1454" w:rsidRDefault="007C1454">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
   <w:p w14:paraId="78BCC039" w14:textId="77777777" w:rsidR="007C1454" w:rsidRDefault="007C1454">
@@ -12047,386 +11493,252 @@
 
 <file path=word/header4.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:sdt>
     <w:sdtPr>
       <w:rPr>
         <w:color w:val="7F7F7F" w:themeColor="background1" w:themeShade="7F"/>
         <w:spacing w:val="60"/>
       </w:rPr>
       <w:id w:val="1353463896"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Top of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtEndPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:noProof/>
         <w:color w:val="auto"/>
         <w:spacing w:val="0"/>
       </w:rPr>
     </w:sdtEndPr>
     <w:sdtContent>
-      <w:p w14:paraId="15A4199F" w14:textId="2A3A9DAD" w:rsidR="008B7CF9" w:rsidRDefault="008B7CF9">
+      <w:p w14:paraId="15A4199F" w14:textId="7FD36299" w:rsidR="008B7CF9" w:rsidRDefault="008B7CF9">
         <w:pPr>
           <w:pStyle w:val="Header"/>
           <w:pBdr>
             <w:bottom w:val="single" w:sz="4" w:space="1" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
           </w:pBdr>
           <w:jc w:val="right"/>
           <w:rPr>
             <w:b/>
             <w:bCs/>
           </w:rPr>
         </w:pPr>
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:i/>
             <w:sz w:val="20"/>
             <w:lang w:val="en-US"/>
           </w:rPr>
           <w:t>Ria</w:t>
         </w:r>
         <w:r w:rsidRPr="00A7412E">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:i/>
             <w:sz w:val="20"/>
             <w:lang w:val="en-US"/>
           </w:rPr>
           <w:t xml:space="preserve">, </w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:i/>
             <w:sz w:val="20"/>
             <w:lang w:val="en-US"/>
           </w:rPr>
           <w:t>Wahyu &amp; Jaya</w:t>
         </w:r>
         <w:r w:rsidRPr="00A7412E">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:i/>
             <w:sz w:val="20"/>
             <w:lang w:val="en-US"/>
           </w:rPr>
           <w:t xml:space="preserve">. </w:t>
         </w:r>
-        <w:proofErr w:type="spellStart"/>
         <w:r w:rsidRPr="00F90F27">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:i/>
             <w:sz w:val="20"/>
             <w:lang w:val="en-US"/>
           </w:rPr>
-          <w:t>Pengaruh</w:t>
+          <w:t xml:space="preserve">Pengaruh </w:t>
         </w:r>
-        <w:proofErr w:type="spellEnd"/>
-[...9 lines deleted...]
-        <w:proofErr w:type="spellStart"/>
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:i/>
             <w:sz w:val="20"/>
             <w:lang w:val="en-US"/>
           </w:rPr>
-          <w:t>Layanan</w:t>
-[...69 lines deleted...]
-          <w:t xml:space="preserve"> Teknik</w:t>
+          <w:t>Layanan Bimbingan Kelompok Dengan Teknik</w:t>
         </w:r>
         <w:r w:rsidRPr="00F90F27">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:i/>
             <w:sz w:val="20"/>
             <w:lang w:val="en-US"/>
           </w:rPr>
           <w:t xml:space="preserve"> </w:t>
         </w:r>
         <w:r w:rsidRPr="00A7412E">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:i/>
             <w:sz w:val="20"/>
             <w:lang w:val="en-US"/>
           </w:rPr>
           <w:t>…</w:t>
         </w:r>
         <w:r>
           <w:t xml:space="preserve"> | </w:t>
         </w:r>
-        <w:r>
-[...8 lines deleted...]
-        <w:r>
+        <w:r w:rsidR="00F904D6">
           <w:rPr>
-            <w:b/>
-[...1 lines deleted...]
-            <w:noProof/>
+            <w:lang w:val="en-US"/>
           </w:rPr>
-          <w:t>2</w:t>
-[...7 lines deleted...]
-          <w:fldChar w:fldCharType="end"/>
+          <w:t>48</w:t>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
   <w:p w14:paraId="7371024B" w14:textId="77777777" w:rsidR="001B519A" w:rsidRDefault="001B519A">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header5.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="2C48209E" w14:textId="794A747F" w:rsidR="007C1454" w:rsidRPr="00903817" w:rsidRDefault="007C1454" w:rsidP="00621D23">
+  <w:p w14:paraId="2C48209E" w14:textId="22753670" w:rsidR="007C1454" w:rsidRPr="00903817" w:rsidRDefault="007C1454" w:rsidP="00621D23">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
     <w:r w:rsidRPr="001B519A">
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         <w:bCs/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r w:rsidRPr="001B519A">
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         <w:bCs/>
       </w:rPr>
       <w:instrText xml:space="preserve"> PAGE   \* MERGEFORMAT </w:instrText>
     </w:r>
     <w:r w:rsidRPr="001B519A">
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         <w:bCs/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r w:rsidRPr="001B519A">
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         <w:bCs/>
         <w:noProof/>
       </w:rPr>
-      <w:t>9</w:t>
-[...7 lines deleted...]
-      <w:t>4</w:t>
+      <w:t>94</w:t>
     </w:r>
     <w:r w:rsidRPr="001B519A">
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         <w:bCs/>
         <w:noProof/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
+    </w:r>
+    <w:r w:rsidR="00F904D6">
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        <w:bCs/>
+        <w:noProof/>
+        <w:lang w:val="en-US"/>
+      </w:rPr>
+      <w:t>9</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         <w:b/>
         <w:noProof/>
       </w:rPr>
       <w:t xml:space="preserve"> | </w:t>
     </w:r>
     <w:r w:rsidR="001B519A" w:rsidRPr="00A7412E">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="20"/>
         <w:lang w:val="en-ID"/>
       </w:rPr>
       <w:t>JPPBK</w:t>
     </w:r>
     <w:r w:rsidR="001B519A" w:rsidRPr="00A7412E">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="20"/>
         <w:lang w:val="id-ID"/>
       </w:rPr>
       <w:t xml:space="preserve">: Jurnal </w:t>
     </w:r>
     <w:r w:rsidR="001B519A" w:rsidRPr="00A7412E">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="20"/>
         <w:lang w:val="en-ID"/>
       </w:rPr>
-      <w:t xml:space="preserve">Penelitian Pendidikan &amp; </w:t>
-[...17 lines deleted...]
-      <w:t xml:space="preserve"> </w:t>
+      <w:t xml:space="preserve">Penelitian Pendidikan &amp; Bimbingan </w:t>
     </w:r>
     <w:r w:rsidR="001B519A" w:rsidRPr="00A7412E">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="20"/>
         <w:lang w:val="id-ID"/>
       </w:rPr>
       <w:t xml:space="preserve">Konseling </w:t>
     </w:r>
     <w:r w:rsidR="001B519A" w:rsidRPr="00A7412E">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="20"/>
       </w:rPr>
-      <w:t xml:space="preserve">Vol. 1 No. 1 </w:t>
-[...15 lines deleted...]
-      <w:t xml:space="preserve"> 2025</w:t>
+      <w:t>Vol. 1 No. 1 Desember 2025</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         <w:i/>
       </w:rPr>
       <w:tab/>
     </w:r>
   </w:p>
   <w:p w14:paraId="66181CE5" w14:textId="77777777" w:rsidR="007C1454" w:rsidRDefault="007C1454">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
   <w:p w14:paraId="461972AE" w14:textId="77777777" w:rsidR="007C1454" w:rsidRDefault="007C1454">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
   <w:p w14:paraId="59514FDB" w14:textId="77777777" w:rsidR="007C1454" w:rsidRDefault="007C1454">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
@@ -12434,367 +11746,239 @@
 
 <file path=word/header6.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:sdt>
     <w:sdtPr>
       <w:rPr>
         <w:color w:val="7F7F7F" w:themeColor="background1" w:themeShade="7F"/>
         <w:spacing w:val="60"/>
       </w:rPr>
       <w:id w:val="-618999155"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Top of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtEndPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:noProof/>
         <w:color w:val="auto"/>
         <w:spacing w:val="0"/>
       </w:rPr>
     </w:sdtEndPr>
     <w:sdtContent>
-      <w:p w14:paraId="6DF3D61D" w14:textId="3AC2A7EC" w:rsidR="001B519A" w:rsidRDefault="001B519A">
+      <w:p w14:paraId="6DF3D61D" w14:textId="05B629C1" w:rsidR="001B519A" w:rsidRDefault="001B519A">
         <w:pPr>
           <w:pStyle w:val="Header"/>
           <w:pBdr>
             <w:bottom w:val="single" w:sz="4" w:space="1" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
           </w:pBdr>
           <w:jc w:val="right"/>
           <w:rPr>
             <w:b/>
             <w:bCs/>
           </w:rPr>
         </w:pPr>
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:i/>
             <w:sz w:val="20"/>
             <w:lang w:val="en-US"/>
           </w:rPr>
           <w:t>Ria</w:t>
         </w:r>
         <w:r w:rsidRPr="00A7412E">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:i/>
             <w:sz w:val="20"/>
             <w:lang w:val="en-US"/>
           </w:rPr>
           <w:t xml:space="preserve">, </w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:i/>
             <w:sz w:val="20"/>
             <w:lang w:val="en-US"/>
           </w:rPr>
-          <w:t>Wahyu</w:t>
-[...17 lines deleted...]
-          <w:t>Jaya</w:t>
+          <w:t>Wahyu &amp; Jaya</w:t>
         </w:r>
         <w:r w:rsidRPr="00A7412E">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:i/>
             <w:sz w:val="20"/>
             <w:lang w:val="en-US"/>
           </w:rPr>
           <w:t xml:space="preserve">. </w:t>
         </w:r>
-        <w:proofErr w:type="spellStart"/>
         <w:r w:rsidRPr="00F90F27">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:i/>
             <w:sz w:val="20"/>
             <w:lang w:val="en-US"/>
           </w:rPr>
-          <w:t>Pengaruh</w:t>
+          <w:t xml:space="preserve">Pengaruh </w:t>
         </w:r>
-        <w:proofErr w:type="spellEnd"/>
-[...9 lines deleted...]
-        <w:proofErr w:type="spellStart"/>
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:i/>
             <w:sz w:val="20"/>
             <w:lang w:val="en-US"/>
           </w:rPr>
-          <w:t>Layanan</w:t>
-[...69 lines deleted...]
-          <w:t xml:space="preserve"> Teknik</w:t>
+          <w:t>Layanan Bimbingan Kelompok Dengan Teknik</w:t>
         </w:r>
         <w:r w:rsidRPr="00F90F27">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:i/>
             <w:sz w:val="20"/>
             <w:lang w:val="en-US"/>
           </w:rPr>
           <w:t xml:space="preserve"> </w:t>
         </w:r>
         <w:r w:rsidRPr="00A7412E">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:i/>
             <w:sz w:val="20"/>
             <w:lang w:val="en-US"/>
           </w:rPr>
           <w:t>…</w:t>
         </w:r>
         <w:r>
           <w:t xml:space="preserve"> | </w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:lang w:val="en-US"/>
           </w:rPr>
           <w:t>5</w:t>
+        </w:r>
+        <w:r w:rsidR="00F904D6">
+          <w:rPr>
+            <w:lang w:val="en-US"/>
+          </w:rPr>
+          <w:t>0</w:t>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
   <w:p w14:paraId="3E6A04FB" w14:textId="77777777" w:rsidR="001B519A" w:rsidRDefault="001B519A">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header7.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="-1125536401"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Top of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtEndPr>
       <w:rPr>
         <w:color w:val="7F7F7F" w:themeColor="background1" w:themeShade="7F"/>
         <w:spacing w:val="60"/>
       </w:rPr>
     </w:sdtEndPr>
     <w:sdtContent>
-      <w:p w14:paraId="0170C6F4" w14:textId="04E899F3" w:rsidR="006A66FB" w:rsidRDefault="006A66FB">
+      <w:p w14:paraId="0170C6F4" w14:textId="6DCBB898" w:rsidR="006A66FB" w:rsidRDefault="00F904D6">
         <w:pPr>
           <w:pStyle w:val="Header"/>
           <w:pBdr>
             <w:bottom w:val="single" w:sz="4" w:space="1" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
           </w:pBdr>
           <w:rPr>
             <w:b/>
             <w:bCs/>
           </w:rPr>
         </w:pPr>
         <w:r>
           <w:rPr>
             <w:lang w:val="en-US"/>
           </w:rPr>
-          <w:t>6</w:t>
+          <w:t>51</w:t>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="006A66FB">
           <w:rPr>
             <w:b/>
             <w:bCs/>
           </w:rPr>
           <w:t xml:space="preserve"> | </w:t>
         </w:r>
-        <w:r w:rsidRPr="00A7412E">
+        <w:r w:rsidR="006A66FB" w:rsidRPr="00A7412E">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:sz w:val="20"/>
             <w:lang w:val="en-ID"/>
           </w:rPr>
           <w:t>JPPBK</w:t>
         </w:r>
-        <w:r w:rsidRPr="00A7412E">
+        <w:r w:rsidR="006A66FB" w:rsidRPr="00A7412E">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:sz w:val="20"/>
             <w:lang w:val="id-ID"/>
           </w:rPr>
           <w:t xml:space="preserve">: Jurnal </w:t>
         </w:r>
-        <w:r w:rsidRPr="00A7412E">
+        <w:r w:rsidR="006A66FB" w:rsidRPr="00A7412E">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:sz w:val="20"/>
             <w:lang w:val="en-ID"/>
           </w:rPr>
-          <w:t xml:space="preserve">Penelitian Pendidikan &amp; </w:t>
+          <w:t xml:space="preserve">Penelitian Pendidikan &amp; Bimbingan </w:t>
         </w:r>
-        <w:proofErr w:type="spellStart"/>
-[...17 lines deleted...]
-        <w:r w:rsidRPr="00A7412E">
+        <w:r w:rsidR="006A66FB" w:rsidRPr="00A7412E">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:sz w:val="20"/>
             <w:lang w:val="id-ID"/>
           </w:rPr>
           <w:t xml:space="preserve">Konseling </w:t>
         </w:r>
-        <w:r w:rsidRPr="00A7412E">
+        <w:r w:rsidR="006A66FB" w:rsidRPr="00A7412E">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:sz w:val="20"/>
           </w:rPr>
-          <w:t xml:space="preserve">Vol. 1 No. 1 </w:t>
-[...15 lines deleted...]
-          <w:t xml:space="preserve"> 2025</w:t>
+          <w:t>Vol. 1 No. 1 Desember 2025</w:t>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
   <w:p w14:paraId="14E7E1E7" w14:textId="77777777" w:rsidR="001B519A" w:rsidRDefault="001B519A">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header8.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:sdt>
     <w:sdtPr>
       <w:rPr>
         <w:color w:val="7F7F7F" w:themeColor="background1" w:themeShade="7F"/>
         <w:spacing w:val="60"/>
       </w:rPr>
       <w:id w:val="1737355171"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Top of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
@@ -12835,398 +12019,222 @@
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:i/>
             <w:sz w:val="20"/>
             <w:lang w:val="en-US"/>
           </w:rPr>
           <w:t xml:space="preserve">, </w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:i/>
             <w:sz w:val="20"/>
             <w:lang w:val="en-US"/>
           </w:rPr>
           <w:t>Wahyu &amp; Jaya</w:t>
         </w:r>
         <w:r w:rsidRPr="00A7412E">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:i/>
             <w:sz w:val="20"/>
             <w:lang w:val="en-US"/>
           </w:rPr>
           <w:t xml:space="preserve">. </w:t>
         </w:r>
-        <w:proofErr w:type="spellStart"/>
         <w:r w:rsidRPr="00F90F27">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:i/>
             <w:sz w:val="20"/>
             <w:lang w:val="en-US"/>
           </w:rPr>
-          <w:t>Pengaruh</w:t>
+          <w:t xml:space="preserve">Pengaruh </w:t>
         </w:r>
-        <w:proofErr w:type="spellEnd"/>
-[...9 lines deleted...]
-        <w:proofErr w:type="spellStart"/>
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:i/>
             <w:sz w:val="20"/>
             <w:lang w:val="en-US"/>
           </w:rPr>
-          <w:t>Layanan</w:t>
-[...69 lines deleted...]
-          <w:t xml:space="preserve"> Teknik</w:t>
+          <w:t>Layanan Bimbingan Kelompok Dengan Teknik</w:t>
         </w:r>
         <w:r w:rsidRPr="00F90F27">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:i/>
             <w:sz w:val="20"/>
             <w:lang w:val="en-US"/>
           </w:rPr>
           <w:t xml:space="preserve"> </w:t>
         </w:r>
         <w:r w:rsidRPr="00A7412E">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:i/>
             <w:sz w:val="20"/>
             <w:lang w:val="en-US"/>
           </w:rPr>
           <w:t>…</w:t>
         </w:r>
         <w:r>
-          <w:t xml:space="preserve"> </w:t>
-[...5 lines deleted...]
-          <w:t xml:space="preserve">| </w:t>
+          <w:t xml:space="preserve">  | </w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:lang w:val="en-US"/>
           </w:rPr>
           <w:t>7</w:t>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
   <w:p w14:paraId="5B799A0D" w14:textId="77777777" w:rsidR="006A66FB" w:rsidRDefault="006A66FB">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header9.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:sdt>
     <w:sdtPr>
       <w:rPr>
         <w:color w:val="7F7F7F" w:themeColor="background1" w:themeShade="7F"/>
         <w:spacing w:val="60"/>
       </w:rPr>
       <w:id w:val="-1696062396"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Top of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtEndPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:noProof/>
         <w:color w:val="auto"/>
         <w:spacing w:val="0"/>
       </w:rPr>
     </w:sdtEndPr>
     <w:sdtContent>
-      <w:p w14:paraId="5005FB0B" w14:textId="77777777" w:rsidR="006A66FB" w:rsidRDefault="006A66FB">
+      <w:p w14:paraId="5005FB0B" w14:textId="408EB658" w:rsidR="006A66FB" w:rsidRDefault="006A66FB">
         <w:pPr>
           <w:pStyle w:val="Header"/>
           <w:pBdr>
             <w:bottom w:val="single" w:sz="4" w:space="1" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
           </w:pBdr>
           <w:jc w:val="right"/>
           <w:rPr>
             <w:b/>
             <w:bCs/>
           </w:rPr>
         </w:pPr>
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:i/>
             <w:sz w:val="20"/>
             <w:lang w:val="en-US"/>
           </w:rPr>
           <w:t>Ria</w:t>
         </w:r>
         <w:r w:rsidRPr="00A7412E">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:i/>
             <w:sz w:val="20"/>
             <w:lang w:val="en-US"/>
           </w:rPr>
           <w:t xml:space="preserve">, </w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:i/>
             <w:sz w:val="20"/>
             <w:lang w:val="en-US"/>
           </w:rPr>
           <w:t>Wahyu &amp; Jaya</w:t>
         </w:r>
         <w:r w:rsidRPr="00A7412E">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:i/>
             <w:sz w:val="20"/>
             <w:lang w:val="en-US"/>
           </w:rPr>
           <w:t xml:space="preserve">. </w:t>
         </w:r>
-        <w:proofErr w:type="spellStart"/>
         <w:r w:rsidRPr="00F90F27">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:i/>
             <w:sz w:val="20"/>
             <w:lang w:val="en-US"/>
           </w:rPr>
-          <w:t>Pengaruh</w:t>
+          <w:t xml:space="preserve">Pengaruh </w:t>
         </w:r>
-        <w:proofErr w:type="spellEnd"/>
-[...9 lines deleted...]
-        <w:proofErr w:type="spellStart"/>
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:i/>
             <w:sz w:val="20"/>
             <w:lang w:val="en-US"/>
           </w:rPr>
-          <w:t>Layanan</w:t>
-[...69 lines deleted...]
-          <w:t xml:space="preserve"> Teknik</w:t>
+          <w:t>Layanan Bimbingan Kelompok Dengan Teknik</w:t>
         </w:r>
         <w:r w:rsidRPr="00F90F27">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:i/>
             <w:sz w:val="20"/>
             <w:lang w:val="en-US"/>
           </w:rPr>
           <w:t xml:space="preserve"> </w:t>
         </w:r>
         <w:r w:rsidRPr="00A7412E">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:i/>
             <w:sz w:val="20"/>
             <w:lang w:val="en-US"/>
           </w:rPr>
           <w:t>…</w:t>
         </w:r>
         <w:r>
-          <w:t xml:space="preserve"> </w:t>
+          <w:t xml:space="preserve">  | </w:t>
         </w:r>
-        <w:r>
-[...5 lines deleted...]
-        <w:r>
+        <w:r w:rsidR="00F904D6">
           <w:rPr>
             <w:lang w:val="en-US"/>
           </w:rPr>
-          <w:t>7</w:t>
+          <w:t>52</w:t>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
   <w:p w14:paraId="107CB3A2" w14:textId="77777777" w:rsidR="006A66FB" w:rsidRDefault="006A66FB">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="00446D52"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="6EAC396A"/>
     <w:lvl w:ilvl="0" w:tplc="04090019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
@@ -17377,147 +16385,153 @@
     <w:abstractNumId w:val="33"/>
   </w:num>
   <w:num w:numId="37">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="38">
     <w:abstractNumId w:val="36"/>
   </w:num>
   <w:num w:numId="39">
     <w:abstractNumId w:val="41"/>
   </w:num>
   <w:num w:numId="40">
     <w:abstractNumId w:val="34"/>
   </w:num>
   <w:num w:numId="41">
     <w:abstractNumId w:val="27"/>
   </w:num>
   <w:num w:numId="42">
     <w:abstractNumId w:val="26"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-  <w:zoom w:percent="90"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
+  <w:zoom w:percent="100"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2049"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="007C1454"/>
     <w:rsid w:val="00002E9E"/>
     <w:rsid w:val="000137F9"/>
     <w:rsid w:val="0001397C"/>
     <w:rsid w:val="00037F2A"/>
     <w:rsid w:val="000514CF"/>
     <w:rsid w:val="00066976"/>
     <w:rsid w:val="000B0779"/>
     <w:rsid w:val="0010344F"/>
     <w:rsid w:val="00153324"/>
     <w:rsid w:val="00156A06"/>
+    <w:rsid w:val="001967AD"/>
     <w:rsid w:val="001A7428"/>
     <w:rsid w:val="001B519A"/>
     <w:rsid w:val="001B7A20"/>
     <w:rsid w:val="001C76E4"/>
     <w:rsid w:val="001D1EE5"/>
     <w:rsid w:val="001E25DC"/>
     <w:rsid w:val="002215FB"/>
     <w:rsid w:val="002628D9"/>
     <w:rsid w:val="002823CC"/>
     <w:rsid w:val="002942CF"/>
+    <w:rsid w:val="002F6A7E"/>
     <w:rsid w:val="00382CAE"/>
     <w:rsid w:val="003C35CA"/>
     <w:rsid w:val="003E6386"/>
     <w:rsid w:val="0041448E"/>
     <w:rsid w:val="00453CEA"/>
     <w:rsid w:val="0048152B"/>
     <w:rsid w:val="004927F2"/>
     <w:rsid w:val="004E6C5C"/>
     <w:rsid w:val="004F46B1"/>
     <w:rsid w:val="0052350A"/>
     <w:rsid w:val="00540E13"/>
     <w:rsid w:val="005D604D"/>
     <w:rsid w:val="00600C73"/>
     <w:rsid w:val="00604D7B"/>
     <w:rsid w:val="00647A57"/>
     <w:rsid w:val="006A66FB"/>
     <w:rsid w:val="006D3748"/>
     <w:rsid w:val="00731B9D"/>
     <w:rsid w:val="007B5F04"/>
     <w:rsid w:val="007C1454"/>
     <w:rsid w:val="007C7859"/>
     <w:rsid w:val="008B7CF9"/>
     <w:rsid w:val="008C7275"/>
     <w:rsid w:val="008F76B5"/>
     <w:rsid w:val="00921FF0"/>
     <w:rsid w:val="009266A6"/>
+    <w:rsid w:val="009374CF"/>
     <w:rsid w:val="00946ED2"/>
     <w:rsid w:val="009745A7"/>
+    <w:rsid w:val="009B44B4"/>
     <w:rsid w:val="00A23724"/>
     <w:rsid w:val="00A442B0"/>
     <w:rsid w:val="00AA224A"/>
     <w:rsid w:val="00AE53E2"/>
     <w:rsid w:val="00B34F9C"/>
     <w:rsid w:val="00B472D6"/>
     <w:rsid w:val="00B73358"/>
     <w:rsid w:val="00C12A64"/>
     <w:rsid w:val="00C440BE"/>
     <w:rsid w:val="00C8470F"/>
     <w:rsid w:val="00D03088"/>
     <w:rsid w:val="00D13434"/>
     <w:rsid w:val="00DA2430"/>
     <w:rsid w:val="00DA2639"/>
     <w:rsid w:val="00E04F0C"/>
     <w:rsid w:val="00E34287"/>
     <w:rsid w:val="00E56612"/>
     <w:rsid w:val="00E6268D"/>
     <w:rsid w:val="00E66440"/>
     <w:rsid w:val="00E967A8"/>
+    <w:rsid w:val="00EA2811"/>
+    <w:rsid w:val="00EC670D"/>
     <w:rsid w:val="00EF1F3A"/>
     <w:rsid w:val="00F253A3"/>
     <w:rsid w:val="00F6682B"/>
     <w:rsid w:val="00F77B29"/>
+    <w:rsid w:val="00F904D6"/>
     <w:rsid w:val="00FC30AC"/>
     <w:rsid w:val="00FD6A9B"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="id-ID" w:eastAsia="ja-JP"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2049"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
@@ -19062,51 +18076,51 @@
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:divs>
     <w:div w:id="1340231704">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:riahadriani370@gmail.com" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header8.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header10.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header7.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header6.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://id.scribd.com/document/604550000/PENGARUH-LAYANAN-BIMBINGAN-KELOMPOK-DENGAN-TEKNIK-PERMAINAN-TERHADAP-PENYESUAIAN-SOSIAL-SISWA-SMA-NEGERI-5-LANGSA" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header5.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header9.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header4.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header11.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:riahadriani370@gmail.com" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header7.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://id.scribd.com/document/604550000/PENGARUH-LAYANAN-BIMBINGAN-KELOMPOK-DENGAN-TEKNIK-PERMAINAN-TERHADAP-PENYESUAIAN-SOSIAL-SISWA-SMA-NEGERI-5-LANGSA" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header6.xml"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header5.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header9.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header4.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header11.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header8.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header10.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="0E2841"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E8E8E8"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="156082"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="E97132"/>
       </a:accent2>
       <a:accent3>
@@ -19365,69 +18379,69 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>9</Pages>
-  <Words>4322</Words>
-  <Characters>24642</Characters>
+  <Words>4326</Words>
+  <Characters>24661</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>205</Lines>
   <Paragraphs>57</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>28907</CharactersWithSpaces>
+  <CharactersWithSpaces>28930</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>ria hadriani</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>